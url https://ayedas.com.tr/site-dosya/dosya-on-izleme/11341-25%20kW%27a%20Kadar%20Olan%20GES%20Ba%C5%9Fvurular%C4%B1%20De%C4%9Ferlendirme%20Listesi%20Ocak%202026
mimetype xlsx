--- v0 (2026-01-26)
+++ v1 (2026-03-12)
@@ -10,85 +10,85 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\yener.genc\Desktop\1-OCAK WEB\25 KW\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\yener.genc\Desktop\2-ŞUBAT WEB\25 KW\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9BC30C81-3D80-4C71-A17B-6836F8D8EDDF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{494D441B-606B-434C-8F0B-63C293E3EA06}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DI-F-405_01" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'DI-F-405_01'!$A$2:$K$1007</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'DI-F-405_01'!$A$1:$K$1079</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'DI-F-405_01'!$A$2:$K$1063</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'DI-F-405_01'!$A$1:$K$1157</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'DI-F-405_01'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6624" uniqueCount="2076">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6954" uniqueCount="2161">
   <si>
     <t>S.NO</t>
   </si>
   <si>
     <t>BAŞVURU TARİHİ</t>
   </si>
   <si>
     <t>BAŞVURU NO</t>
   </si>
   <si>
     <t>GÜCÜ (kW)</t>
   </si>
   <si>
     <t>KAYNAK</t>
   </si>
   <si>
     <t>DEĞERLENDİRME SONUCU</t>
   </si>
   <si>
     <t>SONUÇ OLUMSUZ İSE GEREKÇESİ</t>
   </si>
   <si>
     <t>DAĞITIM ŞİRKETİNCE DÜZENLENMİŞ TEKİL KOD / TESİSAT NUMARASI</t>
   </si>
   <si>
@@ -6827,53 +6827,50 @@
   <si>
     <t>TR-7268
 630 kVA</t>
   </si>
   <si>
     <t>TR-7488
 1600 kVA</t>
   </si>
   <si>
     <t>TR-7489
 1600 kVA</t>
   </si>
   <si>
     <t>TR-1103
 100 kVA</t>
   </si>
   <si>
     <t>TR-15143
 1000 kVA</t>
   </si>
   <si>
     <t>TR-1494
 1000 kVA</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                         TARİH: 23/01/2026</t>
-[...1 lines deleted...]
-  <si>
     <t>*Başvuru evraklarında sunulan Lisanssız Üretim Bağlantı Başvuru Formu (Ek-4) uygun formatta sunulmamıştır.
 *Başvuru evraklarında sunulan Faaliyet Yasağına İlişkin Beyan (Ek-2) uygun formatta sunulmamıştır.</t>
   </si>
   <si>
     <t>*Başvuru evraklarında sunulan Lisanssız Üretim Bağlantı Başvuru Formu (Ek-4) hatalı bilgi içermektedir. (Tüketim Tesisi Tekil Kodu)
 *Birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti (muvafakatname) sunulmamıştır.
 *Mevcut tüketim tesisleri için Tekil kod şantiye tesisatı olması sebebiyle uygun değildir.</t>
   </si>
   <si>
     <t>*Başvuru evraklarında sunulan Lisanssız Üretim Bağlantı Başvuru Formu (Ek-4) uygun formatta sunulmamıştır.
 *Müstakil binalar için üretim tesisi ile ilişkilendirilen tüketim tesisinin bulunduğu yere ait tapu kaydı veya kira sözleşmesi veya kullanım hakkını gösterir belge sunulmamıştır.
 *Tapu sunulmadığından karar defteri (muvafakatname) gerekliliği değerlendirilememiştir.
 *Başvuru evraklarında sunulan Faaliyet Yasağına İlişkin Beyan (Ek-2) uygun formatta sunulmamıştır.</t>
   </si>
   <si>
     <t>*Kurulması planlanan üretim tesisinin kurulu gücü (10 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden  (7,164 kW) fazladır.</t>
   </si>
   <si>
     <t>*Başvuru sahibi ve tapu sahiplerinin farklı olduğu ve aralarında ilişki kurulamadığı tespit edilmiştir.
 *Gerçek kişiler için aslıyla birlikte sunulacak Nüfus Cüzdanı fotokopisi, tüzel kişiler için tüzel kişiyi temsil ve ilzama yetkili şahıs/şahısların “Yetki Belgeleri”nin aslı veya noter onaylı suretleri veya aslı ile birlikte sunulacak fotokopisi, uygun değildir.
 *Birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti (muvafakatname) uygun değildir.</t>
   </si>
   <si>
     <t>*Birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti yerine geçen muvafakatname sunulmamıştır.</t>
   </si>
@@ -6890,50 +6887,322 @@
     <t>*Başvuru evraklarında sunulan Lisanssız Üretim Bağlantı Başvuru Formu (Ek-4) hatalı bilgi içermektedir. (Üretim tesisi adresi)
 *Başvuru evraklarında sunulan Faaliyet Yasağına İlişkin Beyan (Ek-2) hatalı bilgi içermektedir. (Yönetmelik maddeleri)</t>
   </si>
   <si>
     <t>*Gerçek kişiler için aslıyla birlikte sunulacak Nüfus Cüzdanı fotokopisi, tüzel kişiler için tüzel kişiyi temsil ve ilzama yetkili şahıs/şahısların “Yetki Belgeleri”nin aslı veya noter onaylı suretleri veya aslı ile birlikte sunulacak fotokopisi, sunulmamıştır.</t>
   </si>
   <si>
     <t>*Gerçek kişiler için aslıyla birlikte sunulacak Nüfus Cüzdanı fotokopisi, tüzel kişiler için tüzel kişiyi temsil ve ilzama yetkili şahıs/şahısların “Yetki Belgeleri”nin aslı veya noter onaylı suretleri veya aslı ile birlikte sunulacak fotokopisi, sunulmamıştır.
 *Başvuru evraklarında sunulan Faaliyet Yasağına İlişkin Beyan (Ek-2) uygun değildir.</t>
   </si>
   <si>
     <t>*Başvuru sahibi ve tapu sahiplerinin farklı olduğu ve aralarında ilişki kurulamadığı tespit edilmiştir.
 *Birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti (muvafakatname) sunulmamıştır.</t>
   </si>
   <si>
     <t>*Başvuru evraklarında sunulan birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti, uygun değildir.</t>
   </si>
   <si>
     <t>*Başvuru evraklarında sunulan Gerçek kişiler için aslıyla birlikte sunulacak Nüfus Cüzdanı fotokopisi, tüzel kişiler için tüzel kişiyi temsil ve ilzama yetkili şahıs/şahısların “Yetki Belgeleri”nin aslı veya noter onaylı suretleri veya aslı ile birlikte sunulacak fotokopisi, başvuru sahibine ait olmaması sebebiyle uygun değildir.</t>
   </si>
   <si>
     <t>*Başvuru evraklarında sunulan inşaat ruhsatında birden fazla bağımsız bölüm olması sebebiyle sunulması gereken muvafakatname sunulmamıştır.</t>
   </si>
   <si>
     <t>*Kurulması planlanan üretim tesisinin kurulu gücü (20 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki (6 kWe) sözleşme gücünden fazladır.</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1015</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1016</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1018</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1019</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1020</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1021</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1022</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1023</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1024</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1025</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1026</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1027</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1028</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1029</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1030</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1031</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1032</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1033</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1034</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1035</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1036</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1037</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1038</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1039</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1040</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1041</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1042</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1043</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1044</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1045</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1046</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1047</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1048</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1049</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1050</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1051</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1052</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1053</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1054</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1055</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1056</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1057</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1058</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1059</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1060</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1061</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1062</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1063</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1064</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1065</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1066</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1067</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1068</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1069</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1070</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1071</t>
+  </si>
+  <si>
+    <t>*Sunulması gereken birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti (muvafakatname) sunulmamıştır.</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan gerçek kişiler için aslıyla birlikte sunulacak Nüfus Cüzdanı fotokopisi, tüzel kişiler için tüzel kişiyi temsil ve ilzama yetkili şahıs/şahısların “Yetki Belgeleri”nin aslı veya noter onaylı suretleri veya aslı ile birlikte sunulacak fotokopisi eksik/hatalı bilgi (Adres/Ada-Parsel bilgisi) içermesi sebebiyle uygun değildir.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">*30.09.2025 tarih 1753584 sayılı başvuru için 20.10.2025 tarih AD-OUT-600-2025-2677 sayılı çağrı mektubu düzenlenmiş olup, proje onayı için verilen 90 gün sürenin dolmadığı tespit edilmiştir. Aynı tüketim tesisatı için süreci devam eden başvuru olması sebebiyle ilgili başvuru değerlendirmeye alınamamıştır. </t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan Lisanssız Üretim Bağlantı Başvuru Formu (Ek-4) eksik/hatalı bilgi (Üretim Tesisi Kurulu Gücü, Başvuru Sahibi Adresi) içermesi sebebiyle uygun değildir.
+*Kurulması planlanan üretim tesisinin kurulu gücü (13 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki (12,6 kWe) sözleşme gücünden fazladır.</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti uygun değildir.</t>
+  </si>
+  <si>
+    <t>*Başvuru sahibi ile tüketim tesisatı abonesi uyuşmamaktadır.</t>
+  </si>
+  <si>
+    <t>*Sunulması gereken gerçek kişiler için aslıyla birlikte sunulacak Nüfus Cüzdanı fotokopisi, tüzel kişiler için tüzel kişiyi temsil ve ilzama yetkili şahıs/şahısların “Yetki Belgeleri”nin aslı veya noter onaylı suretleri veya aslı ile birlikte sunulacak fotokopisi sunulmamıştır.
+*Sunulması gereken birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti muvafakatname sunulmamıştır.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">*31.10.2025 tarih 1766054 sayılı başvuru için 20.11.2025 tarih AD-OUT-600-2025-3018 sayılı çağrı mektubu düzenlenmiş olup, proje onayı için verilen 90 gün sürenin dolmadığı tespit edilmiştir. Aynı tüketim tesisatı için süreci devam eden başvuru olması sebebiyle ilgili başvuru değerlendirmeye alınamamıştır. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">*29.11.2025 tarih 1778296 sayılı başvuru için 19.12.2025 tarih AD-OUT-600-2025-3427 sayılı çağrı mektubu düzenlenmiş olup, proje onayı için verilen 90 gün sürenin dolmadığı tespit edilmiştir. Aynı tüketim tesisatı için süreci devam eden başvuru olması sebebiyle ilgili başvuru değerlendirmeye alınamamıştır. </t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan Lisanssız Üretim Bağlantı Başvuru Formu (Ek-4) uygun formatta sunulmamıştır.
+*Başvuru evraklarını E-imza ile imzalayan kişiye ait “Vekaletname” uygun değildir. (Vekaletname geçerlilik süresi dolmuştur.)
+*Başvuru evraklarında sunulan Faaliyet Yasağına İlişkin Beyan (Ek-2) uygun formatta sunulmamıştır.</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan gerçek kişiler için aslıyla birlikte sunulacak Nüfus Cüzdanı fotokopisi, tüzel kişiler için tüzel kişiyi temsil ve ilzama yetkili şahıs/şahısların “Yetki Belgeleri”nin aslı veya noter onaylı suretleri veya aslı ile birlikte sunulacak fotokopisi uygun değildir.
+*Başvuru evrakların sunulan ek-4 bağlantı başvuru formu, kira sözlaşmesi ve tekil kodu gösterir elektrik faturasındaki üretim tesisi adresi uyuşmaması sebeyile uygun değildir.</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan Lisanssız Üretim Bağlantı Başvuru Formu (Ek-4) eksik/hatalı bilgi (Başvuru Sahibi ve Üretim Tesisi Adresleri) içermesi sebebiyle uygun değildir.
+*Başvuru evraklarında sunulan müstakil binalar için üretim tesisi ile ilişkilendirilen tüketim tesisinin bulunduğu yere ait tapu kaydı veya kira sözleşmesi veya kullanım hakkını gösterir belge, sözleşme bilgileri eksik olması sebebiyle uygun değildir.</t>
+  </si>
+  <si>
+    <t>*Sunulması gereken müstakil binalar için üretim tesisi ile ilişkilendirilen tüketim tesisinin bulunduğu yere ait tapu kaydı veya kira sözleşmesi veya kullanım hakkını gösterir belge sunulmamıştır.</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan gerçek kişiler için aslıyla birlikte sunulacak Nüfus Cüzdanı fotokopisi, tüzel kişiler için tüzel kişiyi temsil ve ilzama yetkili şahıs/şahısların “Yetki Belgeleri”nin aslı veya noter onaylı suretleri veya aslı ile birlikte sunulacak fotokopisi eksik/hatalı bilgi (Adres bilgisi) içermesi sebebiyle uygun değildir.</t>
+  </si>
+  <si>
+    <t>*Müstakil binalar için üretim tesisi ile ilişkilendirilen tüketim tesisinin bulunduğu yere ait tapu kaydı veya kira sözleşmesi veya kullanım hakkını gösterir belge uygun değildir.</t>
+  </si>
+  <si>
+    <t>*kurulması planlanan üretim tesisinin kurulu gücü (10 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden (8,9082 kW) fazladır.</t>
+  </si>
+  <si>
+    <t>*kurulması planlanan üretim tesisinin kurulu gücü (10 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden (8,7282 kW) fazladır.</t>
+  </si>
+  <si>
+    <t>*kurulması planlanan üretim tesisinin kurulu gücü (10 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden (8,8992 kW) fazladır.</t>
+  </si>
+  <si>
+    <t>*kurulması planlanan üretim tesisinin kurulu gücü (10 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden (9,207 kW) fazladır.</t>
+  </si>
+  <si>
+    <t>*kurulması planlanan üretim tesisinin kurulu gücü (10 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden (9,582 kW) fazladır</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti yerine geçen muvafakatname uygun değildir.</t>
+  </si>
+  <si>
+    <t>TR-15841
+1600 kVA</t>
+  </si>
+  <si>
+    <t>TR-14297
+1600 kVA</t>
+  </si>
+  <si>
+    <t>TR-1076
+250 kVA</t>
+  </si>
+  <si>
+    <t>TR-7585
+1600 kVA</t>
+  </si>
+  <si>
+    <t>TR-14550
+1000 kVA</t>
+  </si>
+  <si>
+    <t>TR-15885
+1600 kVA</t>
+  </si>
+  <si>
+    <t>TR-15040
+1250 kVA</t>
+  </si>
+  <si>
+    <t>TR-15743
+1250 kVA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                         TARİH: 25/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="35" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Tur"/>
       <family val="2"/>
       <charset val="162"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial Tur"/>
       <family val="2"/>
       <charset val="162"/>
@@ -7765,83 +8034,83 @@
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>228599</xdr:colOff>
+      <xdr:colOff>302682</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>95250</xdr:rowOff>
+      <xdr:rowOff>74083</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1117371</xdr:colOff>
+      <xdr:colOff>1191454</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>1009650</xdr:rowOff>
+      <xdr:rowOff>1037166</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Resim 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F3F3673-103D-4951-953B-48F048424CF3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="228600" y="95250"/>
-          <a:ext cx="1924050" cy="914400"/>
+          <a:off x="302682" y="74083"/>
+          <a:ext cx="1968272" cy="963083"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -8147,88 +8416,89 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K1007"/>
+  <dimension ref="A1:K1063"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="50" zoomScaleNormal="40" zoomScaleSheetLayoutView="50" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="G982" sqref="G982"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="30" zoomScaleNormal="40" zoomScaleSheetLayoutView="30" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A1050" activePane="bottomLeft" state="frozen"/>
+      <selection activeCell="B2" sqref="B2"/>
+      <selection pane="bottomLeft" activeCell="A1063" sqref="A1063:K1063"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="15.453125" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.453125" style="7" customWidth="1"/>
     <col min="3" max="3" width="31.26953125" style="7" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="23.26953125" style="7" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.1796875" style="8" customWidth="1"/>
     <col min="7" max="7" width="44.90625" style="9" customWidth="1"/>
     <col min="8" max="8" width="36" style="10" customWidth="1"/>
-    <col min="9" max="9" width="55.1796875" style="37" customWidth="1"/>
+    <col min="9" max="9" width="44.81640625" style="37" customWidth="1"/>
     <col min="10" max="10" width="49.90625" style="7" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="168.54296875" style="9" customWidth="1"/>
     <col min="12" max="16384" width="9.1796875" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="39" t="s">
         <v>1522</v>
       </c>
       <c r="B1" s="40"/>
       <c r="C1" s="40"/>
       <c r="D1" s="40"/>
       <c r="E1" s="40"/>
       <c r="F1" s="40"/>
       <c r="G1" s="40"/>
       <c r="H1" s="40"/>
       <c r="I1" s="40"/>
       <c r="J1" s="41"/>
       <c r="K1" s="24" t="s">
-        <v>2058</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="2" spans="1:11" s="1" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="3" t="s">
@@ -25525,53 +25795,55 @@
       <c r="B507" s="15">
         <v>45533</v>
       </c>
       <c r="C507" s="11" t="s">
         <v>1137</v>
       </c>
       <c r="D507" s="12">
         <v>10</v>
       </c>
       <c r="E507" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F507" s="13">
         <v>1593982</v>
       </c>
       <c r="G507" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H507" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I507" s="14" t="s">
         <v>1062</v>
       </c>
       <c r="J507" s="13" t="s">
-        <v>879</v>
-[...1 lines deleted...]
-      <c r="K507" s="14"/>
+        <v>29</v>
+      </c>
+      <c r="K507" s="14" t="s">
+        <v>290</v>
+      </c>
     </row>
     <row r="508" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A508" s="13">
         <v>506</v>
       </c>
       <c r="B508" s="15">
         <v>45533</v>
       </c>
       <c r="C508" s="11" t="s">
         <v>1138</v>
       </c>
       <c r="D508" s="12">
         <v>3</v>
       </c>
       <c r="E508" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F508" s="13">
         <v>1594135</v>
       </c>
       <c r="G508" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H508" s="14" t="s">
         <v>93</v>
@@ -28312,51 +28584,51 @@
       <c r="B588" s="19">
         <v>45679</v>
       </c>
       <c r="C588" s="11" t="s">
         <v>1298</v>
       </c>
       <c r="D588" s="12">
         <v>25</v>
       </c>
       <c r="E588" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F588" s="13">
         <v>1654175</v>
       </c>
       <c r="G588" s="16" t="s">
         <v>1214</v>
       </c>
       <c r="H588" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I588" s="14" t="s">
         <v>1299</v>
       </c>
       <c r="J588" s="13" t="s">
-        <v>879</v>
+        <v>17</v>
       </c>
       <c r="K588" s="14"/>
     </row>
     <row r="589" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A589" s="13">
         <v>587</v>
       </c>
       <c r="B589" s="19">
         <v>45684</v>
       </c>
       <c r="C589" s="11" t="s">
         <v>1300</v>
       </c>
       <c r="D589" s="12">
         <v>5.5</v>
       </c>
       <c r="E589" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F589" s="13">
         <v>1655809</v>
       </c>
       <c r="G589" s="16" t="s">
         <v>1256</v>
       </c>
@@ -33524,53 +33796,55 @@
       <c r="B740" s="19">
         <v>45846</v>
       </c>
       <c r="C740" s="11" t="s">
         <v>1587</v>
       </c>
       <c r="D740" s="12">
         <v>6</v>
       </c>
       <c r="E740" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F740" s="13">
         <v>1718211</v>
       </c>
       <c r="G740" s="16" t="s">
         <v>471</v>
       </c>
       <c r="H740" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I740" s="14" t="s">
         <v>472</v>
       </c>
       <c r="J740" s="13" t="s">
-        <v>1265</v>
-[...1 lines deleted...]
-      <c r="K740" s="20"/>
+        <v>29</v>
+      </c>
+      <c r="K740" s="14" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="741" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A741" s="13">
         <v>739</v>
       </c>
       <c r="B741" s="19">
         <v>45849</v>
       </c>
       <c r="C741" s="11" t="s">
         <v>1588</v>
       </c>
       <c r="D741" s="12">
         <v>3</v>
       </c>
       <c r="E741" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F741" s="13">
         <v>1719857</v>
       </c>
       <c r="G741" s="16" t="s">
         <v>1074</v>
       </c>
       <c r="H741" s="14" t="s">
         <v>93</v>
@@ -33625,53 +33899,55 @@
       <c r="B743" s="19">
         <v>45865</v>
       </c>
       <c r="C743" s="11" t="s">
         <v>1590</v>
       </c>
       <c r="D743" s="12">
         <v>10</v>
       </c>
       <c r="E743" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F743" s="13">
         <v>1725705</v>
       </c>
       <c r="G743" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H743" s="14" t="s">
         <v>1247</v>
       </c>
       <c r="I743" s="14" t="s">
         <v>1575</v>
       </c>
       <c r="J743" s="13" t="s">
-        <v>1265</v>
-[...1 lines deleted...]
-      <c r="K743" s="20"/>
+        <v>29</v>
+      </c>
+      <c r="K743" s="14" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="744" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A744" s="13">
         <v>742</v>
       </c>
       <c r="B744" s="19">
         <v>45866</v>
       </c>
       <c r="C744" s="11" t="s">
         <v>1591</v>
       </c>
       <c r="D744" s="12">
         <v>18.53</v>
       </c>
       <c r="E744" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F744" s="13">
         <v>1725976</v>
       </c>
       <c r="G744" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H744" s="14" t="s">
         <v>264</v>
@@ -33693,53 +33969,55 @@
       <c r="B745" s="19">
         <v>45866</v>
       </c>
       <c r="C745" s="11" t="s">
         <v>1592</v>
       </c>
       <c r="D745" s="12">
         <v>10</v>
       </c>
       <c r="E745" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F745" s="13">
         <v>1726371</v>
       </c>
       <c r="G745" s="16" t="s">
         <v>1620</v>
       </c>
       <c r="H745" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I745" s="14" t="s">
         <v>230</v>
       </c>
       <c r="J745" s="13" t="s">
-        <v>1265</v>
-[...1 lines deleted...]
-      <c r="K745" s="20"/>
+        <v>29</v>
+      </c>
+      <c r="K745" s="20" t="s">
+        <v>278</v>
+      </c>
     </row>
     <row r="746" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A746" s="13">
         <v>744</v>
       </c>
       <c r="B746" s="19">
         <v>45867</v>
       </c>
       <c r="C746" s="11" t="s">
         <v>1593</v>
       </c>
       <c r="D746" s="12">
         <v>7.2</v>
       </c>
       <c r="E746" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F746" s="13">
         <v>1726781</v>
       </c>
       <c r="G746" s="16" t="s">
         <v>1621</v>
       </c>
       <c r="H746" s="14" t="s">
         <v>1434</v>
@@ -33996,53 +34274,55 @@
       <c r="B754" s="19">
         <v>45868</v>
       </c>
       <c r="C754" s="11" t="s">
         <v>1601</v>
       </c>
       <c r="D754" s="12">
         <v>16.350000000000001</v>
       </c>
       <c r="E754" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F754" s="13">
         <v>1727496</v>
       </c>
       <c r="G754" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H754" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I754" s="14" t="s">
         <v>1408</v>
       </c>
       <c r="J754" s="13" t="s">
-        <v>1265</v>
-[...1 lines deleted...]
-      <c r="K754" s="20"/>
+        <v>29</v>
+      </c>
+      <c r="K754" s="14" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="755" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A755" s="13">
         <v>753</v>
       </c>
       <c r="B755" s="19">
         <v>45868</v>
       </c>
       <c r="C755" s="11" t="s">
         <v>1602</v>
       </c>
       <c r="D755" s="12">
         <v>9</v>
       </c>
       <c r="E755" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F755" s="13">
         <v>1727510</v>
       </c>
       <c r="G755" s="16" t="s">
         <v>1628</v>
       </c>
       <c r="H755" s="14" t="s">
         <v>86</v>
@@ -35754,51 +36034,51 @@
       <c r="B806" s="19">
         <v>45928</v>
       </c>
       <c r="C806" s="11" t="s">
         <v>1709</v>
       </c>
       <c r="D806" s="12">
         <v>25</v>
       </c>
       <c r="E806" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F806" s="13">
         <v>1752474</v>
       </c>
       <c r="G806" s="16" t="s">
         <v>1349</v>
       </c>
       <c r="H806" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I806" s="14" t="s">
         <v>1350</v>
       </c>
       <c r="J806" s="13" t="s">
-        <v>879</v>
+        <v>17</v>
       </c>
       <c r="K806" s="20"/>
     </row>
     <row r="807" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A807" s="13">
         <v>805</v>
       </c>
       <c r="B807" s="19">
         <v>45929</v>
       </c>
       <c r="C807" s="11" t="s">
         <v>1710</v>
       </c>
       <c r="D807" s="12">
         <v>20</v>
       </c>
       <c r="E807" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F807" s="13">
         <v>1752854</v>
       </c>
       <c r="G807" s="16" t="s">
         <v>1633</v>
       </c>
@@ -36269,53 +36549,55 @@
       <c r="B821" s="19">
         <v>45930</v>
       </c>
       <c r="C821" s="11" t="s">
         <v>1758</v>
       </c>
       <c r="D821" s="12">
         <v>8.5</v>
       </c>
       <c r="E821" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F821" s="13">
         <v>1753584</v>
       </c>
       <c r="G821" s="16" t="s">
         <v>1738</v>
       </c>
       <c r="H821" s="33" t="s">
         <v>73</v>
       </c>
       <c r="I821" s="33" t="s">
         <v>1747</v>
       </c>
       <c r="J821" s="28" t="s">
-        <v>1265</v>
-[...1 lines deleted...]
-      <c r="K821" s="34"/>
+        <v>29</v>
+      </c>
+      <c r="K821" s="14" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="822" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A822" s="13">
         <v>820</v>
       </c>
       <c r="B822" s="19">
         <v>45930</v>
       </c>
       <c r="C822" s="11" t="s">
         <v>1759</v>
       </c>
       <c r="D822" s="12">
         <v>10</v>
       </c>
       <c r="E822" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F822" s="13">
         <v>1753600</v>
       </c>
       <c r="G822" s="16" t="s">
         <v>854</v>
       </c>
       <c r="H822" s="33" t="s">
         <v>150</v>
@@ -36602,91 +36884,91 @@
         <v>1849</v>
       </c>
     </row>
     <row r="831" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A831" s="28">
         <v>829</v>
       </c>
       <c r="B831" s="29">
         <v>45952</v>
       </c>
       <c r="C831" s="30" t="s">
         <v>1768</v>
       </c>
       <c r="D831" s="31">
         <v>14</v>
       </c>
       <c r="E831" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F831" s="28">
         <v>1762310</v>
       </c>
       <c r="G831" s="32" t="s">
         <v>1828</v>
       </c>
-      <c r="H831" s="33" t="s">
+      <c r="H831" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I831" s="33" t="s">
         <v>230</v>
       </c>
       <c r="J831" s="28" t="s">
         <v>1265</v>
       </c>
       <c r="K831" s="34"/>
     </row>
     <row r="832" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A832" s="28">
         <v>830</v>
       </c>
       <c r="B832" s="29">
         <v>45953</v>
       </c>
       <c r="C832" s="30" t="s">
         <v>1769</v>
       </c>
       <c r="D832" s="31">
         <v>7</v>
       </c>
       <c r="E832" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F832" s="28">
         <v>1762751</v>
       </c>
       <c r="G832" s="32" t="s">
         <v>1829</v>
       </c>
       <c r="H832" s="33" t="s">
         <v>73</v>
       </c>
       <c r="I832" s="33" t="s">
         <v>1840</v>
       </c>
       <c r="J832" s="28" t="s">
-        <v>1265</v>
+        <v>879</v>
       </c>
       <c r="K832" s="34"/>
     </row>
     <row r="833" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A833" s="28">
         <v>831</v>
       </c>
       <c r="B833" s="29">
         <v>45953</v>
       </c>
       <c r="C833" s="30" t="s">
         <v>1770</v>
       </c>
       <c r="D833" s="31">
         <v>17</v>
       </c>
       <c r="E833" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F833" s="28">
         <v>1762767</v>
       </c>
       <c r="G833" s="32" t="s">
         <v>1830</v>
       </c>
@@ -38890,51 +39172,51 @@
       <c r="B898" s="29">
         <v>45987</v>
       </c>
       <c r="C898" s="30" t="s">
         <v>1873</v>
       </c>
       <c r="D898" s="31">
         <v>7</v>
       </c>
       <c r="E898" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F898" s="28">
         <v>1775866</v>
       </c>
       <c r="G898" s="35" t="s">
         <v>1634</v>
       </c>
       <c r="H898" s="14" t="s">
         <v>179</v>
       </c>
       <c r="I898" s="33" t="s">
         <v>216</v>
       </c>
       <c r="J898" s="28" t="s">
-        <v>1265</v>
+        <v>879</v>
       </c>
       <c r="K898" s="34"/>
     </row>
     <row r="899" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A899" s="28">
         <v>897</v>
       </c>
       <c r="B899" s="29">
         <v>45987</v>
       </c>
       <c r="C899" s="30" t="s">
         <v>1874</v>
       </c>
       <c r="D899" s="31">
         <v>8</v>
       </c>
       <c r="E899" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F899" s="28">
         <v>1776046</v>
       </c>
       <c r="G899" s="32" t="s">
         <v>27</v>
       </c>
@@ -40509,86 +40791,86 @@
       <c r="C946" s="30" t="s">
         <v>1963</v>
       </c>
       <c r="D946" s="31">
         <v>15</v>
       </c>
       <c r="E946" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F946" s="28">
         <v>1780548</v>
       </c>
       <c r="G946" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H946" s="33" t="s">
         <v>1247</v>
       </c>
       <c r="I946" s="33" t="s">
         <v>2039</v>
       </c>
       <c r="J946" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K946" s="34" t="s">
-        <v>2064</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="947" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A947" s="28">
         <v>945</v>
       </c>
       <c r="B947" s="29">
         <v>46006</v>
       </c>
       <c r="C947" s="30" t="s">
         <v>1964</v>
       </c>
       <c r="D947" s="31">
         <v>4.4000000000000004</v>
       </c>
       <c r="E947" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F947" s="28">
         <v>1785634</v>
       </c>
       <c r="G947" s="35" t="s">
         <v>2024</v>
       </c>
       <c r="H947" s="33" t="s">
         <v>150</v>
       </c>
       <c r="I947" s="33" t="s">
         <v>749</v>
       </c>
       <c r="J947" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K947" s="34" t="s">
-        <v>2067</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="948" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A948" s="28">
         <v>946</v>
       </c>
       <c r="B948" s="29">
         <v>46008</v>
       </c>
       <c r="C948" s="30" t="s">
         <v>1965</v>
       </c>
       <c r="D948" s="31">
         <v>10</v>
       </c>
       <c r="E948" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F948" s="28">
         <v>1786786</v>
       </c>
       <c r="G948" s="35" t="s">
         <v>27</v>
       </c>
       <c r="H948" s="33" t="s">
@@ -40612,51 +40894,51 @@
       <c r="C949" s="30" t="s">
         <v>1966</v>
       </c>
       <c r="D949" s="31">
         <v>6.4</v>
       </c>
       <c r="E949" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F949" s="28">
         <v>1787265</v>
       </c>
       <c r="G949" s="35" t="s">
         <v>2025</v>
       </c>
       <c r="H949" s="33" t="s">
         <v>1434</v>
       </c>
       <c r="I949" s="33" t="s">
         <v>285</v>
       </c>
       <c r="J949" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K949" s="34" t="s">
-        <v>2067</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="950" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A950" s="28">
         <v>948</v>
       </c>
       <c r="B950" s="29">
         <v>46013</v>
       </c>
       <c r="C950" s="30" t="s">
         <v>1967</v>
       </c>
       <c r="D950" s="31">
         <v>12</v>
       </c>
       <c r="E950" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F950" s="28">
         <v>1788811</v>
       </c>
       <c r="G950" s="35" t="s">
         <v>1292</v>
       </c>
       <c r="H950" s="33" t="s">
@@ -40680,261 +40962,261 @@
       <c r="C951" s="30" t="s">
         <v>1968</v>
       </c>
       <c r="D951" s="31">
         <v>10</v>
       </c>
       <c r="E951" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F951" s="28">
         <v>1789463</v>
       </c>
       <c r="G951" s="35" t="s">
         <v>2026</v>
       </c>
       <c r="H951" s="33" t="s">
         <v>59</v>
       </c>
       <c r="I951" s="33" t="s">
         <v>512</v>
       </c>
       <c r="J951" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K951" s="34" t="s">
-        <v>2059</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="952" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A952" s="28">
         <v>950</v>
       </c>
       <c r="B952" s="29">
         <v>46014</v>
       </c>
       <c r="C952" s="30" t="s">
         <v>1969</v>
       </c>
       <c r="D952" s="31">
         <v>20</v>
       </c>
       <c r="E952" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F952" s="28">
         <v>1789476</v>
       </c>
       <c r="G952" s="35" t="s">
         <v>2027</v>
       </c>
       <c r="H952" s="33" t="s">
         <v>55</v>
       </c>
       <c r="I952" s="33" t="s">
         <v>2040</v>
       </c>
       <c r="J952" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K952" s="34" t="s">
-        <v>2075</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="953" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A953" s="28">
         <v>951</v>
       </c>
       <c r="B953" s="29">
         <v>46015</v>
       </c>
       <c r="C953" s="30" t="s">
         <v>1970</v>
       </c>
       <c r="D953" s="31">
         <v>22</v>
       </c>
       <c r="E953" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F953" s="28">
         <v>1789993</v>
       </c>
       <c r="G953" s="35" t="s">
         <v>27</v>
       </c>
       <c r="H953" s="33" t="s">
         <v>39</v>
       </c>
       <c r="I953" s="33" t="s">
         <v>2041</v>
       </c>
       <c r="J953" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K953" s="34" t="s">
-        <v>2074</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="954" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A954" s="28">
         <v>952</v>
       </c>
       <c r="B954" s="29">
         <v>46015</v>
       </c>
       <c r="C954" s="30" t="s">
         <v>1971</v>
       </c>
       <c r="D954" s="31">
         <v>22</v>
       </c>
       <c r="E954" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F954" s="28">
         <v>1789995</v>
       </c>
       <c r="G954" s="35" t="s">
         <v>27</v>
       </c>
       <c r="H954" s="33" t="s">
         <v>39</v>
       </c>
       <c r="I954" s="33" t="s">
         <v>2041</v>
       </c>
       <c r="J954" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K954" s="34" t="s">
-        <v>2074</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="955" spans="1:11" s="23" customFormat="1" ht="105" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A955" s="28">
         <v>953</v>
       </c>
       <c r="B955" s="29">
         <v>46015</v>
       </c>
       <c r="C955" s="30" t="s">
         <v>1972</v>
       </c>
       <c r="D955" s="31">
         <v>15</v>
       </c>
       <c r="E955" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F955" s="28">
         <v>1790338</v>
       </c>
       <c r="G955" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H955" s="33" t="s">
         <v>63</v>
       </c>
       <c r="I955" s="33" t="s">
         <v>2042</v>
       </c>
       <c r="J955" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K955" s="34" t="s">
-        <v>2060</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="956" spans="1:11" s="23" customFormat="1" ht="102.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A956" s="28">
         <v>954</v>
       </c>
       <c r="B956" s="29">
         <v>46016</v>
       </c>
       <c r="C956" s="30" t="s">
         <v>1973</v>
       </c>
       <c r="D956" s="31">
         <v>16.8</v>
       </c>
       <c r="E956" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F956" s="28">
         <v>1791223</v>
       </c>
       <c r="G956" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H956" s="33" t="s">
         <v>264</v>
       </c>
       <c r="I956" s="33" t="s">
         <v>2043</v>
       </c>
       <c r="J956" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K956" s="34" t="s">
-        <v>2071</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="957" spans="1:11" s="23" customFormat="1" ht="111.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A957" s="28">
         <v>955</v>
       </c>
       <c r="B957" s="29">
         <v>46016</v>
       </c>
       <c r="C957" s="30" t="s">
         <v>1974</v>
       </c>
       <c r="D957" s="31">
         <v>7.84</v>
       </c>
       <c r="E957" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F957" s="28">
         <v>1791473</v>
       </c>
       <c r="G957" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H957" s="33" t="s">
         <v>264</v>
       </c>
       <c r="I957" s="33" t="s">
         <v>2043</v>
       </c>
       <c r="J957" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K957" s="34" t="s">
-        <v>2071</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="958" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A958" s="28">
         <v>956</v>
       </c>
       <c r="B958" s="29">
         <v>46017</v>
       </c>
       <c r="C958" s="30" t="s">
         <v>1975</v>
       </c>
       <c r="D958" s="31">
         <v>10</v>
       </c>
       <c r="E958" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F958" s="28">
         <v>1792674</v>
       </c>
       <c r="G958" s="35" t="s">
         <v>1831</v>
       </c>
       <c r="H958" s="33" t="s">
@@ -41236,121 +41518,121 @@
       <c r="C967" s="30" t="s">
         <v>1984</v>
       </c>
       <c r="D967" s="31">
         <v>15</v>
       </c>
       <c r="E967" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F967" s="28">
         <v>1793784</v>
       </c>
       <c r="G967" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H967" s="33" t="s">
         <v>264</v>
       </c>
       <c r="I967" s="33" t="s">
         <v>2045</v>
       </c>
       <c r="J967" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K967" s="34" t="s">
-        <v>2069</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="968" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A968" s="28">
         <v>966</v>
       </c>
       <c r="B968" s="29">
         <v>46020</v>
       </c>
       <c r="C968" s="30" t="s">
         <v>1985</v>
       </c>
       <c r="D968" s="31">
         <v>15</v>
       </c>
       <c r="E968" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F968" s="28">
         <v>1793813</v>
       </c>
       <c r="G968" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H968" s="33" t="s">
         <v>264</v>
       </c>
       <c r="I968" s="33" t="s">
         <v>2045</v>
       </c>
       <c r="J968" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K968" s="34" t="s">
-        <v>2070</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="969" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A969" s="28">
         <v>967</v>
       </c>
       <c r="B969" s="29">
         <v>46020</v>
       </c>
       <c r="C969" s="30" t="s">
         <v>1986</v>
       </c>
       <c r="D969" s="31">
         <v>10</v>
       </c>
       <c r="E969" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F969" s="28">
         <v>1793850</v>
       </c>
       <c r="G969" s="35" t="s">
         <v>27</v>
       </c>
       <c r="H969" s="33" t="s">
         <v>264</v>
       </c>
       <c r="I969" s="33" t="s">
         <v>1845</v>
       </c>
       <c r="J969" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K969" s="34" t="s">
-        <v>2073</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="970" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A970" s="28">
         <v>968</v>
       </c>
       <c r="B970" s="29">
         <v>46021</v>
       </c>
       <c r="C970" s="30" t="s">
         <v>1987</v>
       </c>
       <c r="D970" s="31">
         <v>15</v>
       </c>
       <c r="E970" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F970" s="28">
         <v>1794094</v>
       </c>
       <c r="G970" s="35" t="s">
         <v>2028</v>
       </c>
       <c r="H970" s="33" t="s">
@@ -41374,261 +41656,261 @@
       <c r="C971" s="30" t="s">
         <v>1988</v>
       </c>
       <c r="D971" s="31">
         <v>8</v>
       </c>
       <c r="E971" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F971" s="28">
         <v>1794095</v>
       </c>
       <c r="G971" s="35" t="s">
         <v>2029</v>
       </c>
       <c r="H971" s="33" t="s">
         <v>73</v>
       </c>
       <c r="I971" s="33" t="s">
         <v>2047</v>
       </c>
       <c r="J971" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K971" s="34" t="s">
-        <v>2061</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="972" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A972" s="28">
         <v>970</v>
       </c>
       <c r="B972" s="29">
         <v>46021</v>
       </c>
       <c r="C972" s="30" t="s">
         <v>1989</v>
       </c>
       <c r="D972" s="31">
         <v>7.28</v>
       </c>
       <c r="E972" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F972" s="28">
         <v>1794134</v>
       </c>
       <c r="G972" s="35" t="s">
         <v>2030</v>
       </c>
       <c r="H972" s="33" t="s">
         <v>73</v>
       </c>
       <c r="I972" s="33" t="s">
         <v>2048</v>
       </c>
       <c r="J972" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K972" s="34" t="s">
-        <v>2059</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="973" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A973" s="28">
         <v>971</v>
       </c>
       <c r="B973" s="29">
         <v>46021</v>
       </c>
       <c r="C973" s="30" t="s">
         <v>1990</v>
       </c>
       <c r="D973" s="31">
         <v>7.28</v>
       </c>
       <c r="E973" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F973" s="28">
         <v>1794141</v>
       </c>
       <c r="G973" s="35" t="s">
         <v>2031</v>
       </c>
       <c r="H973" s="33" t="s">
         <v>73</v>
       </c>
       <c r="I973" s="33" t="s">
         <v>2048</v>
       </c>
       <c r="J973" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K973" s="34" t="s">
-        <v>2059</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="974" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A974" s="28">
         <v>972</v>
       </c>
       <c r="B974" s="29">
         <v>46021</v>
       </c>
       <c r="C974" s="30" t="s">
         <v>1991</v>
       </c>
       <c r="D974" s="31">
         <v>8</v>
       </c>
       <c r="E974" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F974" s="28">
         <v>1794180</v>
       </c>
       <c r="G974" s="35" t="s">
         <v>2032</v>
       </c>
       <c r="H974" s="33" t="s">
         <v>73</v>
       </c>
       <c r="I974" s="33" t="s">
         <v>2048</v>
       </c>
       <c r="J974" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K974" s="34" t="s">
-        <v>2059</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="975" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A975" s="28">
         <v>973</v>
       </c>
       <c r="B975" s="29">
         <v>46021</v>
       </c>
       <c r="C975" s="30" t="s">
         <v>1992</v>
       </c>
       <c r="D975" s="31">
         <v>7.28</v>
       </c>
       <c r="E975" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F975" s="28">
         <v>1794242</v>
       </c>
       <c r="G975" s="35" t="s">
         <v>2033</v>
       </c>
       <c r="H975" s="33" t="s">
         <v>73</v>
       </c>
       <c r="I975" s="33" t="s">
         <v>2049</v>
       </c>
       <c r="J975" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K975" s="34" t="s">
-        <v>2059</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="976" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A976" s="28">
         <v>974</v>
       </c>
       <c r="B976" s="29">
         <v>46021</v>
       </c>
       <c r="C976" s="30" t="s">
         <v>1993</v>
       </c>
       <c r="D976" s="31">
         <v>7.28</v>
       </c>
       <c r="E976" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F976" s="28">
         <v>1794247</v>
       </c>
       <c r="G976" s="35" t="s">
         <v>2034</v>
       </c>
       <c r="H976" s="33" t="s">
         <v>73</v>
       </c>
       <c r="I976" s="33" t="s">
         <v>2047</v>
       </c>
       <c r="J976" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K976" s="34" t="s">
-        <v>2059</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="977" spans="1:11" s="23" customFormat="1" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A977" s="28">
         <v>975</v>
       </c>
       <c r="B977" s="29">
         <v>46021</v>
       </c>
       <c r="C977" s="30" t="s">
         <v>1994</v>
       </c>
       <c r="D977" s="31">
         <v>10</v>
       </c>
       <c r="E977" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F977" s="28">
         <v>1794416</v>
       </c>
       <c r="G977" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H977" s="33" t="s">
         <v>264</v>
       </c>
       <c r="I977" s="33" t="s">
         <v>2050</v>
       </c>
       <c r="J977" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K977" s="34" t="s">
-        <v>2071</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="978" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A978" s="28">
         <v>976</v>
       </c>
       <c r="B978" s="29">
         <v>46021</v>
       </c>
       <c r="C978" s="30" t="s">
         <v>1999</v>
       </c>
       <c r="D978" s="31">
         <v>25</v>
       </c>
       <c r="E978" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F978" s="28">
         <v>1794483</v>
       </c>
       <c r="G978" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H978" s="33" t="s">
@@ -41819,51 +42101,51 @@
       <c r="C984" s="30" t="s">
         <v>2001</v>
       </c>
       <c r="D984" s="31">
         <v>8</v>
       </c>
       <c r="E984" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F984" s="28">
         <v>1794822</v>
       </c>
       <c r="G984" s="35">
         <v>4013432613</v>
       </c>
       <c r="H984" s="33" t="s">
         <v>73</v>
       </c>
       <c r="I984" s="33" t="s">
         <v>2047</v>
       </c>
       <c r="J984" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K984" s="34" t="s">
-        <v>2059</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="985" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A985" s="28">
         <v>983</v>
       </c>
       <c r="B985" s="29">
         <v>46022</v>
       </c>
       <c r="C985" s="30" t="s">
         <v>2002</v>
       </c>
       <c r="D985" s="31">
         <v>10</v>
       </c>
       <c r="E985" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F985" s="28">
         <v>1794819</v>
       </c>
       <c r="G985" s="35">
         <v>4013514523</v>
       </c>
       <c r="H985" s="33" t="s">
@@ -41986,51 +42268,51 @@
       <c r="C989" s="30" t="s">
         <v>2006</v>
       </c>
       <c r="D989" s="31">
         <v>8</v>
       </c>
       <c r="E989" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F989" s="28">
         <v>1794828</v>
       </c>
       <c r="G989" s="35">
         <v>4013432409</v>
       </c>
       <c r="H989" s="33" t="s">
         <v>73</v>
       </c>
       <c r="I989" s="33" t="s">
         <v>2047</v>
       </c>
       <c r="J989" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K989" s="34" t="s">
-        <v>2059</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="990" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A990" s="28">
         <v>988</v>
       </c>
       <c r="B990" s="29">
         <v>46022</v>
       </c>
       <c r="C990" s="30" t="s">
         <v>2007</v>
       </c>
       <c r="D990" s="31">
         <v>10</v>
       </c>
       <c r="E990" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F990" s="28">
         <v>1794852</v>
       </c>
       <c r="G990" s="35">
         <v>4013514856</v>
       </c>
       <c r="H990" s="33" t="s">
@@ -42120,51 +42402,51 @@
       <c r="C993" s="30" t="s">
         <v>2010</v>
       </c>
       <c r="D993" s="31">
         <v>10</v>
       </c>
       <c r="E993" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F993" s="28">
         <v>1794845</v>
       </c>
       <c r="G993" s="35">
         <v>4013467469</v>
       </c>
       <c r="H993" s="33" t="s">
         <v>59</v>
       </c>
       <c r="I993" s="33" t="s">
         <v>2054</v>
       </c>
       <c r="J993" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K993" s="34" t="s">
-        <v>2062</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="994" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A994" s="28">
         <v>992</v>
       </c>
       <c r="B994" s="29">
         <v>46022</v>
       </c>
       <c r="C994" s="30" t="s">
         <v>2011</v>
       </c>
       <c r="D994" s="31">
         <v>8</v>
       </c>
       <c r="E994" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F994" s="28">
         <v>1794934</v>
       </c>
       <c r="G994" s="35">
         <v>4004653726</v>
       </c>
       <c r="H994" s="33" t="s">
@@ -42188,121 +42470,121 @@
       <c r="C995" s="30" t="s">
         <v>2012</v>
       </c>
       <c r="D995" s="31">
         <v>25</v>
       </c>
       <c r="E995" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F995" s="28">
         <v>1794962</v>
       </c>
       <c r="G995" s="35">
         <v>4013582406</v>
       </c>
       <c r="H995" s="33" t="s">
         <v>1247</v>
       </c>
       <c r="I995" s="33" t="s">
         <v>1862</v>
       </c>
       <c r="J995" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K995" s="34" t="s">
-        <v>2072</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="996" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A996" s="28">
         <v>994</v>
       </c>
       <c r="B996" s="29">
         <v>46022</v>
       </c>
       <c r="C996" s="30" t="s">
         <v>2013</v>
       </c>
       <c r="D996" s="31">
         <v>13</v>
       </c>
       <c r="E996" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F996" s="28">
         <v>1795030</v>
       </c>
       <c r="G996" s="35">
         <v>4011968514</v>
       </c>
       <c r="H996" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I996" s="33" t="s">
         <v>2055</v>
       </c>
       <c r="J996" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K996" s="34" t="s">
-        <v>2065</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="997" spans="1:11" s="23" customFormat="1" ht="127.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A997" s="28">
         <v>995</v>
       </c>
       <c r="B997" s="29">
         <v>46022</v>
       </c>
       <c r="C997" s="30" t="s">
         <v>2014</v>
       </c>
       <c r="D997" s="31">
         <v>15</v>
       </c>
       <c r="E997" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F997" s="28">
         <v>1795042</v>
       </c>
       <c r="G997" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H997" s="33" t="s">
         <v>55</v>
       </c>
       <c r="I997" s="33" t="s">
         <v>2056</v>
       </c>
       <c r="J997" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K997" s="34" t="s">
-        <v>2063</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="998" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A998" s="28">
         <v>996</v>
       </c>
       <c r="B998" s="29">
         <v>46022</v>
       </c>
       <c r="C998" s="30" t="s">
         <v>2015</v>
       </c>
       <c r="D998" s="31">
         <v>17.5</v>
       </c>
       <c r="E998" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F998" s="28">
         <v>1795044</v>
       </c>
       <c r="G998" s="35" t="s">
         <v>27</v>
       </c>
       <c r="H998" s="33" t="s">
@@ -42359,121 +42641,121 @@
       <c r="C1000" s="30" t="s">
         <v>2017</v>
       </c>
       <c r="D1000" s="31">
         <v>15</v>
       </c>
       <c r="E1000" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F1000" s="28">
         <v>1795050</v>
       </c>
       <c r="G1000" s="35">
         <v>4006022049</v>
       </c>
       <c r="H1000" s="33" t="s">
         <v>2038</v>
       </c>
       <c r="I1000" s="33" t="s">
         <v>658</v>
       </c>
       <c r="J1000" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K1000" s="34" t="s">
-        <v>2068</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="1001" spans="1:11" s="23" customFormat="1" ht="87.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1001" s="28">
         <v>999</v>
       </c>
       <c r="B1001" s="29">
         <v>46022</v>
       </c>
       <c r="C1001" s="30" t="s">
         <v>2018</v>
       </c>
       <c r="D1001" s="31">
         <v>10</v>
       </c>
       <c r="E1001" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F1001" s="28">
         <v>1795080</v>
       </c>
       <c r="G1001" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H1001" s="33" t="s">
         <v>264</v>
       </c>
       <c r="I1001" s="33" t="s">
         <v>1940</v>
       </c>
       <c r="J1001" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K1001" s="34" t="s">
-        <v>2071</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="1002" spans="1:11" s="23" customFormat="1" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1002" s="28">
         <v>1000</v>
       </c>
       <c r="B1002" s="29">
         <v>46022</v>
       </c>
       <c r="C1002" s="30" t="s">
         <v>2019</v>
       </c>
       <c r="D1002" s="31">
         <v>8</v>
       </c>
       <c r="E1002" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F1002" s="28">
         <v>1795052</v>
       </c>
       <c r="G1002" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H1002" s="33" t="s">
         <v>264</v>
       </c>
       <c r="I1002" s="33" t="s">
         <v>1940</v>
       </c>
       <c r="J1002" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K1002" s="34" t="s">
-        <v>2071</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="1003" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1003" s="28">
         <v>1001</v>
       </c>
       <c r="B1003" s="29">
         <v>46022</v>
       </c>
       <c r="C1003" s="30" t="s">
         <v>2020</v>
       </c>
       <c r="D1003" s="31">
         <v>25</v>
       </c>
       <c r="E1003" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F1003" s="28">
         <v>1795077</v>
       </c>
       <c r="G1003" s="35">
         <v>4005534679</v>
       </c>
       <c r="H1003" s="14" t="s">
@@ -42497,51 +42779,51 @@
       <c r="C1004" s="30" t="s">
         <v>2021</v>
       </c>
       <c r="D1004" s="31">
         <v>15</v>
       </c>
       <c r="E1004" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F1004" s="28">
         <v>1795085</v>
       </c>
       <c r="G1004" s="35">
         <v>4013444269</v>
       </c>
       <c r="H1004" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I1004" s="33" t="s">
         <v>1244</v>
       </c>
       <c r="J1004" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K1004" s="34" t="s">
-        <v>2066</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="1005" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1005" s="28">
         <v>1003</v>
       </c>
       <c r="B1005" s="29">
         <v>46022</v>
       </c>
       <c r="C1005" s="30" t="s">
         <v>2022</v>
       </c>
       <c r="D1005" s="31">
         <v>13</v>
       </c>
       <c r="E1005" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F1005" s="28">
         <v>1795110</v>
       </c>
       <c r="G1005" s="35">
         <v>4012506621</v>
       </c>
       <c r="H1005" s="33" t="s">
@@ -42558,174 +42840,2038 @@
     <row r="1006" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1006" s="28">
         <v>1004</v>
       </c>
       <c r="B1006" s="29">
         <v>46022</v>
       </c>
       <c r="C1006" s="30" t="s">
         <v>2023</v>
       </c>
       <c r="D1006" s="31">
         <v>25</v>
       </c>
       <c r="E1006" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F1006" s="28">
         <v>1795132</v>
       </c>
       <c r="G1006" s="35">
         <v>4012384963</v>
       </c>
       <c r="H1006" s="33" t="s">
         <v>93</v>
       </c>
-      <c r="I1006" s="33">
-        <v>16523</v>
+      <c r="I1006" s="33" t="s">
+        <v>1350</v>
       </c>
       <c r="J1006" s="28" t="s">
         <v>1265</v>
       </c>
       <c r="K1006" s="38"/>
     </row>
-    <row r="1007" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A1007" s="42" t="s">
+    <row r="1007" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1007" s="28">
+        <v>1005</v>
+      </c>
+      <c r="B1007" s="29">
+        <v>46028</v>
+      </c>
+      <c r="C1007" s="30" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D1007" s="31">
+        <v>4.8</v>
+      </c>
+      <c r="E1007" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1007" s="28">
+        <v>1797687</v>
+      </c>
+      <c r="G1007" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1007" s="33" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1007" s="33" t="s">
+        <v>2156</v>
+      </c>
+      <c r="J1007" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1007" s="34" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1008" s="28">
+        <v>1006</v>
+      </c>
+      <c r="B1008" s="29">
+        <v>46028</v>
+      </c>
+      <c r="C1008" s="30" t="s">
+        <v>2076</v>
+      </c>
+      <c r="D1008" s="31">
+        <v>20</v>
+      </c>
+      <c r="E1008" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1008" s="28">
+        <v>1797722</v>
+      </c>
+      <c r="G1008" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1008" s="33" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1008" s="33" t="s">
+        <v>2156</v>
+      </c>
+      <c r="J1008" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1008" s="34" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1009" s="28">
+        <v>1007</v>
+      </c>
+      <c r="B1009" s="29">
+        <v>46045</v>
+      </c>
+      <c r="C1009" s="30" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D1009" s="31">
+        <v>6.4</v>
+      </c>
+      <c r="E1009" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1009" s="28">
+        <v>1805050</v>
+      </c>
+      <c r="G1009" s="35">
+        <v>4013647800</v>
+      </c>
+      <c r="H1009" s="33" t="s">
+        <v>1434</v>
+      </c>
+      <c r="I1009" s="33" t="s">
+        <v>285</v>
+      </c>
+      <c r="J1009" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1009" s="38"/>
+    </row>
+    <row r="1010" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1010" s="28">
+        <v>1008</v>
+      </c>
+      <c r="B1010" s="29">
+        <v>46046</v>
+      </c>
+      <c r="C1010" s="30" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D1010" s="31">
+        <v>15</v>
+      </c>
+      <c r="E1010" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1010" s="28">
+        <v>1805177</v>
+      </c>
+      <c r="G1010" s="35">
+        <v>4013444269</v>
+      </c>
+      <c r="H1010" s="33" t="s">
+        <v>86</v>
+      </c>
+      <c r="I1010" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="J1010" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1010" s="38"/>
+    </row>
+    <row r="1011" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1011" s="28">
+        <v>1009</v>
+      </c>
+      <c r="B1011" s="29">
+        <v>46047</v>
+      </c>
+      <c r="C1011" s="30" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D1011" s="31">
+        <v>15</v>
+      </c>
+      <c r="E1011" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1011" s="28">
+        <v>1805292</v>
+      </c>
+      <c r="G1011" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1011" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1011" s="33" t="s">
+        <v>2152</v>
+      </c>
+      <c r="J1011" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1011" s="38"/>
+    </row>
+    <row r="1012" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1012" s="28">
+        <v>1010</v>
+      </c>
+      <c r="B1012" s="29">
+        <v>46047</v>
+      </c>
+      <c r="C1012" s="30" t="s">
+        <v>2080</v>
+      </c>
+      <c r="D1012" s="31">
+        <v>15</v>
+      </c>
+      <c r="E1012" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1012" s="28">
+        <v>1805275</v>
+      </c>
+      <c r="G1012" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1012" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1012" s="33" t="s">
+        <v>2152</v>
+      </c>
+      <c r="J1012" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1012" s="38"/>
+    </row>
+    <row r="1013" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1013" s="28">
+        <v>1011</v>
+      </c>
+      <c r="B1013" s="29">
+        <v>46047</v>
+      </c>
+      <c r="C1013" s="30" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D1013" s="31">
+        <v>8</v>
+      </c>
+      <c r="E1013" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1013" s="28">
+        <v>1805361</v>
+      </c>
+      <c r="G1013" s="35">
+        <v>4003981430</v>
+      </c>
+      <c r="H1013" s="33" t="s">
+        <v>86</v>
+      </c>
+      <c r="I1013" s="33" t="s">
+        <v>2153</v>
+      </c>
+      <c r="J1013" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1013" s="34" t="s">
+        <v>2141</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1014" s="28">
+        <v>1012</v>
+      </c>
+      <c r="B1014" s="29">
+        <v>46048</v>
+      </c>
+      <c r="C1014" s="30" t="s">
+        <v>2082</v>
+      </c>
+      <c r="D1014" s="31">
+        <v>15</v>
+      </c>
+      <c r="E1014" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1014" s="28">
+        <v>1805756</v>
+      </c>
+      <c r="G1014" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1014" s="33" t="s">
+        <v>63</v>
+      </c>
+      <c r="I1014" s="33" t="s">
+        <v>2042</v>
+      </c>
+      <c r="J1014" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1014" s="38"/>
+    </row>
+    <row r="1015" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1015" s="28">
+        <v>1013</v>
+      </c>
+      <c r="B1015" s="29">
+        <v>46049</v>
+      </c>
+      <c r="C1015" s="30" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D1015" s="31">
+        <v>8.5399999999999991</v>
+      </c>
+      <c r="E1015" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1015" s="28">
+        <v>1806008</v>
+      </c>
+      <c r="G1015" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1015" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I1015" s="33" t="s">
+        <v>2044</v>
+      </c>
+      <c r="J1015" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1015" s="34" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1016" s="28">
+        <v>1014</v>
+      </c>
+      <c r="B1016" s="29">
+        <v>46049</v>
+      </c>
+      <c r="C1016" s="30" t="s">
+        <v>2084</v>
+      </c>
+      <c r="D1016" s="31">
+        <v>16.8</v>
+      </c>
+      <c r="E1016" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1016" s="28">
+        <v>1806172</v>
+      </c>
+      <c r="G1016" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1016" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I1016" s="33" t="s">
+        <v>2043</v>
+      </c>
+      <c r="J1016" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1016" s="34" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1017" s="28">
+        <v>1015</v>
+      </c>
+      <c r="B1017" s="29">
+        <v>46049</v>
+      </c>
+      <c r="C1017" s="30" t="s">
+        <v>2085</v>
+      </c>
+      <c r="D1017" s="31">
+        <v>7.84</v>
+      </c>
+      <c r="E1017" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1017" s="28">
+        <v>1806193</v>
+      </c>
+      <c r="G1017" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1017" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I1017" s="33" t="s">
+        <v>2043</v>
+      </c>
+      <c r="J1017" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1017" s="34" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1018" s="28">
+        <v>1016</v>
+      </c>
+      <c r="B1018" s="29">
+        <v>46049</v>
+      </c>
+      <c r="C1018" s="30" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D1018" s="31">
+        <v>5</v>
+      </c>
+      <c r="E1018" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1018" s="28">
+        <v>1806250</v>
+      </c>
+      <c r="G1018" s="35">
+        <v>4012746647</v>
+      </c>
+      <c r="H1018" s="33" t="s">
+        <v>150</v>
+      </c>
+      <c r="I1018" s="33" t="s">
+        <v>749</v>
+      </c>
+      <c r="J1018" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1018" s="34" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1019" s="28">
+        <v>1017</v>
+      </c>
+      <c r="B1019" s="29">
+        <v>46050</v>
+      </c>
+      <c r="C1019" s="30" t="s">
+        <v>2087</v>
+      </c>
+      <c r="D1019" s="31">
+        <v>9</v>
+      </c>
+      <c r="E1019" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1019" s="28">
+        <v>1806581</v>
+      </c>
+      <c r="G1019" s="35">
+        <v>4006291705</v>
+      </c>
+      <c r="H1019" s="33" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1019" s="33" t="s">
+        <v>1686</v>
+      </c>
+      <c r="J1019" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1019" s="38"/>
+    </row>
+    <row r="1020" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1020" s="28">
+        <v>1018</v>
+      </c>
+      <c r="B1020" s="29">
+        <v>46050</v>
+      </c>
+      <c r="C1020" s="30" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D1020" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1020" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1020" s="28">
+        <v>1806782</v>
+      </c>
+      <c r="G1020" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1020" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I1020" s="33" t="s">
+        <v>1845</v>
+      </c>
+      <c r="J1020" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1020" s="38"/>
+    </row>
+    <row r="1021" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1021" s="28">
+        <v>1019</v>
+      </c>
+      <c r="B1021" s="29">
+        <v>46050</v>
+      </c>
+      <c r="C1021" s="30" t="s">
+        <v>2089</v>
+      </c>
+      <c r="D1021" s="31">
+        <v>15</v>
+      </c>
+      <c r="E1021" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1021" s="28">
+        <v>1806809</v>
+      </c>
+      <c r="G1021" s="35">
+        <v>4006022049</v>
+      </c>
+      <c r="H1021" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I1021" s="33" t="s">
+        <v>658</v>
+      </c>
+      <c r="J1021" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1021" s="34" t="s">
+        <v>2137</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1022" s="28">
+        <v>1020</v>
+      </c>
+      <c r="B1022" s="29">
+        <v>46050</v>
+      </c>
+      <c r="C1022" s="30" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D1022" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1022" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1022" s="28">
+        <v>1806847</v>
+      </c>
+      <c r="G1022" s="35">
+        <v>4011713695</v>
+      </c>
+      <c r="H1022" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="I1022" s="33" t="s">
+        <v>512</v>
+      </c>
+      <c r="J1022" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1022" s="38"/>
+    </row>
+    <row r="1023" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1023" s="28">
+        <v>1021</v>
+      </c>
+      <c r="B1023" s="29">
+        <v>46050</v>
+      </c>
+      <c r="C1023" s="30" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D1023" s="31">
+        <v>3</v>
+      </c>
+      <c r="E1023" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1023" s="28">
+        <v>1806893</v>
+      </c>
+      <c r="G1023" s="35">
+        <v>4012432180</v>
+      </c>
+      <c r="H1023" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="I1023" s="33" t="s">
+        <v>426</v>
+      </c>
+      <c r="J1023" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1023" s="34" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1024" s="28">
+        <v>1022</v>
+      </c>
+      <c r="B1024" s="29">
+        <v>46050</v>
+      </c>
+      <c r="C1024" s="30" t="s">
+        <v>2092</v>
+      </c>
+      <c r="D1024" s="31">
+        <v>3</v>
+      </c>
+      <c r="E1024" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1024" s="28">
+        <v>1806865</v>
+      </c>
+      <c r="G1024" s="35">
+        <v>4012432194</v>
+      </c>
+      <c r="H1024" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="I1024" s="33" t="s">
+        <v>426</v>
+      </c>
+      <c r="J1024" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1024" s="38"/>
+    </row>
+    <row r="1025" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1025" s="28">
+        <v>1023</v>
+      </c>
+      <c r="B1025" s="29">
+        <v>46051</v>
+      </c>
+      <c r="C1025" s="30" t="s">
+        <v>2093</v>
+      </c>
+      <c r="D1025" s="31">
+        <v>20</v>
+      </c>
+      <c r="E1025" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1025" s="28">
+        <v>1807149</v>
+      </c>
+      <c r="G1025" s="35">
+        <v>4013469272</v>
+      </c>
+      <c r="H1025" s="33" t="s">
+        <v>43</v>
+      </c>
+      <c r="I1025" s="33" t="s">
+        <v>1743</v>
+      </c>
+      <c r="J1025" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1025" s="38"/>
+    </row>
+    <row r="1026" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1026" s="28">
+        <v>1024</v>
+      </c>
+      <c r="B1026" s="29">
+        <v>46052</v>
+      </c>
+      <c r="C1026" s="30" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D1026" s="31">
+        <v>22</v>
+      </c>
+      <c r="E1026" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1026" s="28">
+        <v>1807517</v>
+      </c>
+      <c r="G1026" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1026" s="33" t="s">
+        <v>55</v>
+      </c>
+      <c r="I1026" s="33" t="s">
+        <v>2157</v>
+      </c>
+      <c r="J1026" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1026" s="34" t="s">
+        <v>2131</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1027" s="28">
+        <v>1025</v>
+      </c>
+      <c r="B1027" s="29">
+        <v>46052</v>
+      </c>
+      <c r="C1027" s="30" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D1027" s="31">
+        <v>15</v>
+      </c>
+      <c r="E1027" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1027" s="28">
+        <v>1807607</v>
+      </c>
+      <c r="G1027" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1027" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1027" s="33" t="s">
+        <v>2039</v>
+      </c>
+      <c r="J1027" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1027" s="38"/>
+    </row>
+    <row r="1028" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1028" s="28">
+        <v>1026</v>
+      </c>
+      <c r="B1028" s="29">
+        <v>46052</v>
+      </c>
+      <c r="C1028" s="30" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D1028" s="31">
+        <v>14.3</v>
+      </c>
+      <c r="E1028" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1028" s="28">
+        <v>1807647</v>
+      </c>
+      <c r="G1028" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1028" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1028" s="33" t="s">
+        <v>2158</v>
+      </c>
+      <c r="J1028" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1028" s="34" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1029" s="28">
+        <v>1027</v>
+      </c>
+      <c r="B1029" s="29">
+        <v>46052</v>
+      </c>
+      <c r="C1029" s="30" t="s">
+        <v>2097</v>
+      </c>
+      <c r="D1029" s="31">
+        <v>15</v>
+      </c>
+      <c r="E1029" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1029" s="28">
+        <v>1807720</v>
+      </c>
+      <c r="G1029" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1029" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I1029" s="33" t="s">
+        <v>2159</v>
+      </c>
+      <c r="J1029" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1029" s="34" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1030" s="28">
+        <v>1028</v>
+      </c>
+      <c r="B1030" s="29">
+        <v>46052</v>
+      </c>
+      <c r="C1030" s="30" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D1030" s="31">
+        <v>5</v>
+      </c>
+      <c r="E1030" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1030" s="28">
+        <v>1807727</v>
+      </c>
+      <c r="G1030" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1030" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I1030" s="33" t="s">
+        <v>2159</v>
+      </c>
+      <c r="J1030" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1030" s="34" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1031" s="28">
+        <v>1029</v>
+      </c>
+      <c r="B1031" s="29">
+        <v>46052</v>
+      </c>
+      <c r="C1031" s="30" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D1031" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1031" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1031" s="28">
+        <v>1807850</v>
+      </c>
+      <c r="G1031" s="35">
+        <v>4006335777</v>
+      </c>
+      <c r="H1031" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1031" s="33" t="s">
+        <v>230</v>
+      </c>
+      <c r="J1031" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1031" s="38"/>
+    </row>
+    <row r="1032" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1032" s="28">
+        <v>1030</v>
+      </c>
+      <c r="B1032" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1032" s="30" t="s">
+        <v>2100</v>
+      </c>
+      <c r="D1032" s="31">
+        <v>13</v>
+      </c>
+      <c r="E1032" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1032" s="28">
+        <v>1807891</v>
+      </c>
+      <c r="G1032" s="35">
+        <v>4011968514</v>
+      </c>
+      <c r="H1032" s="14" t="s">
+        <v>50</v>
+      </c>
+      <c r="I1032" s="33" t="s">
+        <v>2055</v>
+      </c>
+      <c r="J1032" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1032" s="34" t="s">
+        <v>2134</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1033" s="28">
+        <v>1031</v>
+      </c>
+      <c r="B1033" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1033" s="30" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D1033" s="31">
+        <v>7.28</v>
+      </c>
+      <c r="E1033" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1033" s="28">
+        <v>1807857</v>
+      </c>
+      <c r="G1033" s="35">
+        <v>4013432951</v>
+      </c>
+      <c r="H1033" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1033" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J1033" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1033" s="38"/>
+    </row>
+    <row r="1034" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1034" s="28">
+        <v>1032</v>
+      </c>
+      <c r="B1034" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1034" s="30" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D1034" s="31">
+        <v>8</v>
+      </c>
+      <c r="E1034" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1034" s="28">
+        <v>1807912</v>
+      </c>
+      <c r="G1034" s="35">
+        <v>4013432587</v>
+      </c>
+      <c r="H1034" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1034" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J1034" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1034" s="38"/>
+    </row>
+    <row r="1035" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1035" s="28">
+        <v>1033</v>
+      </c>
+      <c r="B1035" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1035" s="30" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D1035" s="31">
+        <v>7.28</v>
+      </c>
+      <c r="E1035" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1035" s="28">
+        <v>1807913</v>
+      </c>
+      <c r="G1035" s="35">
+        <v>4013447025</v>
+      </c>
+      <c r="H1035" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1035" s="33" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J1035" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1035" s="38"/>
+    </row>
+    <row r="1036" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1036" s="28">
+        <v>1034</v>
+      </c>
+      <c r="B1036" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1036" s="30" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D1036" s="31">
+        <v>7.28</v>
+      </c>
+      <c r="E1036" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1036" s="28">
+        <v>1807934</v>
+      </c>
+      <c r="G1036" s="35">
+        <v>4013446657</v>
+      </c>
+      <c r="H1036" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1036" s="33" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J1036" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1036" s="38"/>
+    </row>
+    <row r="1037" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1037" s="28">
+        <v>1035</v>
+      </c>
+      <c r="B1037" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1037" s="30" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D1037" s="31">
+        <v>7.28</v>
+      </c>
+      <c r="E1037" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1037" s="28">
+        <v>1807935</v>
+      </c>
+      <c r="G1037" s="35">
+        <v>4013432144</v>
+      </c>
+      <c r="H1037" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1037" s="33" t="s">
+        <v>2049</v>
+      </c>
+      <c r="J1037" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1037" s="38"/>
+    </row>
+    <row r="1038" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1038" s="28">
+        <v>1036</v>
+      </c>
+      <c r="B1038" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1038" s="30" t="s">
+        <v>2106</v>
+      </c>
+      <c r="D1038" s="31">
+        <v>8</v>
+      </c>
+      <c r="E1038" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1038" s="28">
+        <v>1807940</v>
+      </c>
+      <c r="G1038" s="35">
+        <v>4013447099</v>
+      </c>
+      <c r="H1038" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1038" s="33" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J1038" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1038" s="38"/>
+    </row>
+    <row r="1039" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1039" s="28">
+        <v>1037</v>
+      </c>
+      <c r="B1039" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1039" s="30" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D1039" s="31">
+        <v>8</v>
+      </c>
+      <c r="E1039" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1039" s="28">
+        <v>1807941</v>
+      </c>
+      <c r="G1039" s="35">
+        <v>4013432613</v>
+      </c>
+      <c r="H1039" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1039" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J1039" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1039" s="38"/>
+    </row>
+    <row r="1040" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1040" s="28">
+        <v>1038</v>
+      </c>
+      <c r="B1040" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1040" s="30" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D1040" s="31">
+        <v>17.600000000000001</v>
+      </c>
+      <c r="E1040" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1040" s="28">
+        <v>1807946</v>
+      </c>
+      <c r="G1040" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1040" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I1040" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="J1040" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1040" s="38"/>
+    </row>
+    <row r="1041" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1041" s="28">
+        <v>1039</v>
+      </c>
+      <c r="B1041" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1041" s="30" t="s">
+        <v>2109</v>
+      </c>
+      <c r="D1041" s="31">
+        <v>25</v>
+      </c>
+      <c r="E1041" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1041" s="28">
+        <v>1807982</v>
+      </c>
+      <c r="G1041" s="35">
+        <v>4013463596</v>
+      </c>
+      <c r="H1041" s="33" t="s">
+        <v>1434</v>
+      </c>
+      <c r="I1041" s="33" t="s">
+        <v>2154</v>
+      </c>
+      <c r="J1041" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1041" s="34" t="s">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1042" s="28">
+        <v>1040</v>
+      </c>
+      <c r="B1042" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1042" s="30" t="s">
+        <v>2110</v>
+      </c>
+      <c r="D1042" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1042" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1042" s="28">
+        <v>1808006</v>
+      </c>
+      <c r="G1042" s="35">
+        <v>4013786252</v>
+      </c>
+      <c r="H1042" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="I1042" s="33" t="s">
+        <v>2155</v>
+      </c>
+      <c r="J1042" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1042" s="38"/>
+    </row>
+    <row r="1043" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1043" s="28">
+        <v>1041</v>
+      </c>
+      <c r="B1043" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1043" s="30" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D1043" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1043" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1043" s="28">
+        <v>1807986</v>
+      </c>
+      <c r="G1043" s="35">
+        <v>4013786218</v>
+      </c>
+      <c r="H1043" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="I1043" s="33" t="s">
+        <v>2155</v>
+      </c>
+      <c r="J1043" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1043" s="38"/>
+    </row>
+    <row r="1044" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1044" s="28">
+        <v>1042</v>
+      </c>
+      <c r="B1044" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1044" s="30" t="s">
+        <v>2112</v>
+      </c>
+      <c r="D1044" s="31">
+        <v>6.8250000000000002</v>
+      </c>
+      <c r="E1044" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1044" s="28">
+        <v>1808030</v>
+      </c>
+      <c r="G1044" s="35">
+        <v>4013453334</v>
+      </c>
+      <c r="H1044" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1044" s="33" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J1044" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1044" s="38"/>
+    </row>
+    <row r="1045" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1045" s="28">
+        <v>1043</v>
+      </c>
+      <c r="B1045" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1045" s="30" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D1045" s="31">
+        <v>8</v>
+      </c>
+      <c r="E1045" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1045" s="28">
+        <v>1808024</v>
+      </c>
+      <c r="G1045" s="35">
+        <v>4013446766</v>
+      </c>
+      <c r="H1045" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1045" s="33" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J1045" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1045" s="34" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1046" s="28">
+        <v>1044</v>
+      </c>
+      <c r="B1046" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1046" s="30" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D1046" s="31">
+        <v>7.28</v>
+      </c>
+      <c r="E1046" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1046" s="28">
+        <v>1808032</v>
+      </c>
+      <c r="G1046" s="35">
+        <v>4013432952</v>
+      </c>
+      <c r="H1046" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1046" s="33" t="s">
+        <v>2049</v>
+      </c>
+      <c r="J1046" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1046" s="34" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1047" s="28">
+        <v>1045</v>
+      </c>
+      <c r="B1047" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1047" s="30" t="s">
+        <v>2115</v>
+      </c>
+      <c r="D1047" s="31">
+        <v>6.8250000000000002</v>
+      </c>
+      <c r="E1047" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1047" s="28">
+        <v>1808033</v>
+      </c>
+      <c r="G1047" s="35">
+        <v>4013432150</v>
+      </c>
+      <c r="H1047" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1047" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J1047" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1047" s="34"/>
+    </row>
+    <row r="1048" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1048" s="28">
+        <v>1046</v>
+      </c>
+      <c r="B1048" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1048" s="30" t="s">
+        <v>2116</v>
+      </c>
+      <c r="D1048" s="31">
+        <v>6.8250000000000002</v>
+      </c>
+      <c r="E1048" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1048" s="28">
+        <v>1808026</v>
+      </c>
+      <c r="G1048" s="35">
+        <v>4013432145</v>
+      </c>
+      <c r="H1048" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1048" s="33" t="s">
+        <v>2049</v>
+      </c>
+      <c r="J1048" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1048" s="34" t="s">
+        <v>2143</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1049" s="28">
+        <v>1047</v>
+      </c>
+      <c r="B1049" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1049" s="30" t="s">
+        <v>2117</v>
+      </c>
+      <c r="D1049" s="31">
+        <v>25</v>
+      </c>
+      <c r="E1049" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1049" s="28">
+        <v>1808051</v>
+      </c>
+      <c r="G1049" s="35">
+        <v>4013582406</v>
+      </c>
+      <c r="H1049" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1049" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J1049" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1049" s="34"/>
+    </row>
+    <row r="1050" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1050" s="28">
+        <v>1048</v>
+      </c>
+      <c r="B1050" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1050" s="30" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D1050" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1050" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1050" s="28">
+        <v>1808037</v>
+      </c>
+      <c r="G1050" s="35">
+        <v>4012746872</v>
+      </c>
+      <c r="H1050" s="33" t="s">
+        <v>150</v>
+      </c>
+      <c r="I1050" s="33" t="s">
+        <v>749</v>
+      </c>
+      <c r="J1050" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1050" s="34"/>
+    </row>
+    <row r="1051" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1051" s="28">
+        <v>1049</v>
+      </c>
+      <c r="B1051" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1051" s="30" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D1051" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1051" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1051" s="28">
+        <v>1808057</v>
+      </c>
+      <c r="G1051" s="35">
+        <v>4013489821</v>
+      </c>
+      <c r="H1051" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1051" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J1051" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1051" s="34" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1052" s="28">
+        <v>1050</v>
+      </c>
+      <c r="B1052" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1052" s="30" t="s">
+        <v>2120</v>
+      </c>
+      <c r="D1052" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1052" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1052" s="28">
+        <v>1808059</v>
+      </c>
+      <c r="G1052" s="35">
+        <v>4013489822</v>
+      </c>
+      <c r="H1052" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1052" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J1052" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1052" s="34" t="s">
+        <v>2147</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1053" s="28">
+        <v>1051</v>
+      </c>
+      <c r="B1053" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1053" s="30" t="s">
+        <v>2121</v>
+      </c>
+      <c r="D1053" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1053" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1053" s="28">
+        <v>1808039</v>
+      </c>
+      <c r="G1053" s="35">
+        <v>4013489823</v>
+      </c>
+      <c r="H1053" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1053" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J1053" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1053" s="34" t="s">
+        <v>2148</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1054" s="28">
+        <v>1052</v>
+      </c>
+      <c r="B1054" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1054" s="30" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D1054" s="31">
+        <v>6.8250000000000002</v>
+      </c>
+      <c r="E1054" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1054" s="28">
+        <v>1808071</v>
+      </c>
+      <c r="G1054" s="35">
+        <v>4013432645</v>
+      </c>
+      <c r="H1054" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1054" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J1054" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1054" s="34"/>
+    </row>
+    <row r="1055" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1055" s="28">
+        <v>1053</v>
+      </c>
+      <c r="B1055" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1055" s="30" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D1055" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1055" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1055" s="28">
+        <v>1808074</v>
+      </c>
+      <c r="G1055" s="35">
+        <v>4013490048</v>
+      </c>
+      <c r="H1055" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1055" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J1055" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1055" s="34" t="s">
+        <v>2149</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1056" s="28">
+        <v>1054</v>
+      </c>
+      <c r="B1056" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1056" s="30" t="s">
+        <v>2124</v>
+      </c>
+      <c r="D1056" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1056" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1056" s="28">
+        <v>1808047</v>
+      </c>
+      <c r="G1056" s="35">
+        <v>4013490049</v>
+      </c>
+      <c r="H1056" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1056" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J1056" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1056" s="34" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1057" s="28">
+        <v>1055</v>
+      </c>
+      <c r="B1057" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1057" s="30" t="s">
+        <v>2125</v>
+      </c>
+      <c r="D1057" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1057" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1057" s="28">
+        <v>1808077</v>
+      </c>
+      <c r="G1057" s="35">
+        <v>4013490050</v>
+      </c>
+      <c r="H1057" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1057" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J1057" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1057" s="34" t="s">
+        <v>2149</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1058" s="28">
+        <v>1056</v>
+      </c>
+      <c r="B1058" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1058" s="30" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D1058" s="31">
+        <v>8</v>
+      </c>
+      <c r="E1058" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1058" s="28">
+        <v>1808092</v>
+      </c>
+      <c r="G1058" s="35">
+        <v>4013447102</v>
+      </c>
+      <c r="H1058" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1058" s="33" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J1058" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1058" s="34" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1059" s="28">
+        <v>1057</v>
+      </c>
+      <c r="B1059" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1059" s="30" t="s">
+        <v>2127</v>
+      </c>
+      <c r="D1059" s="31">
+        <v>6.8250000000000002</v>
+      </c>
+      <c r="E1059" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1059" s="28">
+        <v>1808100</v>
+      </c>
+      <c r="G1059" s="35">
+        <v>4013432124</v>
+      </c>
+      <c r="H1059" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1059" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J1059" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1059" s="34"/>
+    </row>
+    <row r="1060" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1060" s="28">
+        <v>1058</v>
+      </c>
+      <c r="B1060" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1060" s="30" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D1060" s="31">
+        <v>8.5</v>
+      </c>
+      <c r="E1060" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1060" s="28">
+        <v>1808105</v>
+      </c>
+      <c r="G1060" s="35">
+        <v>4006077512</v>
+      </c>
+      <c r="H1060" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1060" s="33" t="s">
+        <v>1747</v>
+      </c>
+      <c r="J1060" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1060" s="34" t="s">
+        <v>2133</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1061" s="28">
+        <v>1059</v>
+      </c>
+      <c r="B1061" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1061" s="30" t="s">
+        <v>2129</v>
+      </c>
+      <c r="D1061" s="31">
+        <v>25</v>
+      </c>
+      <c r="E1061" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1061" s="28">
+        <v>1808108</v>
+      </c>
+      <c r="G1061" s="35">
+        <v>4013432616</v>
+      </c>
+      <c r="H1061" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1061" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J1061" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1061" s="34" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1062" s="28">
+        <v>1060</v>
+      </c>
+      <c r="B1062" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1062" s="30" t="s">
+        <v>2130</v>
+      </c>
+      <c r="D1062" s="31">
+        <v>25</v>
+      </c>
+      <c r="E1062" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1062" s="28">
+        <v>1808130</v>
+      </c>
+      <c r="G1062" s="35">
+        <v>4013446780</v>
+      </c>
+      <c r="H1062" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1062" s="33" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J1062" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1062" s="34" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A1063" s="42" t="s">
         <v>11</v>
       </c>
-      <c r="B1007" s="43"/>
-[...8 lines deleted...]
-      <c r="K1007" s="44"/>
+      <c r="B1063" s="43"/>
+      <c r="C1063" s="43"/>
+      <c r="D1063" s="43"/>
+      <c r="E1063" s="43"/>
+      <c r="F1063" s="43"/>
+      <c r="G1063" s="43"/>
+      <c r="H1063" s="43"/>
+      <c r="I1063" s="43"/>
+      <c r="J1063" s="43"/>
+      <c r="K1063" s="44"/>
     </row>
   </sheetData>
-  <autoFilter ref="A2:K1007" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="A2:K1063" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
-    <mergeCell ref="A1007:K1007"/>
+    <mergeCell ref="A1063:K1063"/>
   </mergeCells>
   <phoneticPr fontId="33" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="8" scale="42" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <pageSetup paperSize="8" scale="43" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter differentOddEven="1" differentFirst="1">
     <oddFooter>&amp;RHizmete Özel</oddFooter>
     <evenFooter>&amp;RHizmete Özel</evenFooter>
     <firstFooter>&amp;RHizmete Özel</firstFooter>
   </headerFooter>
-  <rowBreaks count="2" manualBreakCount="2">
-[...1 lines deleted...]
-    <brk id="878" max="10" man="1"/>
+  <rowBreaks count="12" manualBreakCount="12">
+    <brk id="841" max="10" man="1"/>
+    <brk id="862" max="10" man="1"/>
+    <brk id="883" max="10" man="1"/>
+    <brk id="904" max="10" man="1"/>
+    <brk id="920" max="10" man="1"/>
+    <brk id="939" max="10" man="1"/>
+    <brk id="957" max="10" man="1"/>
+    <brk id="977" max="10" man="1"/>
+    <brk id="997" max="10" man="1"/>
+    <brk id="1017" max="10" man="1"/>
+    <brk id="1038" max="10" man="1"/>
+    <brk id="1059" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...48 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <titus xmlns="http://schemas.titus.com/TitusProperties/">
   <TitusGUID xmlns="">ab08312d-5c4e-4e5d-83a1-34677324a860</TitusGUID>
   <TitusMetadata xmlns="">eyJucyI6IkVORVJKSVNBIiwicHJvcHMiOlt7Im4iOiJDTEFTU0lGSUNBVElPTiIsInZhbHMiOlt7InZhbHVlIjoiSTQ4ODZwMjkzNzI3bk84In1dfSx7Im4iOiJTSU5JUkxJUEFZTEFTSU0iLCJ2YWxzIjpbXX0seyJuIjoiU0lSS0VUSUNJS1VMTEFOSU0iLCJ2YWxzIjpbXX1dfQ==</TitusMetadata>
 </titus>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010017AB195352B5E0439838182C163E8954" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1f291ff69f2b0184a93dbef79a9d52fc">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2511cfec-de10-48da-88f6-657341a97d75" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2070fac7e6d7d650d1bd69e755f82c2e" ns2:_="">
     <xsd:import namespace="2511cfec-de10-48da-88f6-657341a97d75"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2511cfec-de10-48da-88f6-657341a97d75" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
@@ -42826,126 +44972,176 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_dlc_DocId xmlns="2511cfec-de10-48da-88f6-657341a97d75">3T7CWQE2WDWZ-6-151</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="2511cfec-de10-48da-88f6-657341a97d75">
       <Url>https://www.baskentedas.com.tr/_layouts/15/DocIdRedir.aspx?ID=3T7CWQE2WDWZ-6-151</Url>
       <Description>3T7CWQE2WDWZ-6-151</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04CC6065-A7F7-4396-BA36-AD290348C521}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.titus.com/TitusProperties/"/>
     <ds:schemaRef ds:uri=""/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52889337-20A7-4EE9-8F3F-BB3E9791F56B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2511cfec-de10-48da-88f6-657341a97d75"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{393E90F3-5C76-4390-BABD-FACFE7AB711A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="2511cfec-de10-48da-88f6-657341a97d75"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CAE1F3C-B7BD-4E30-94C2-F74B24E99E73}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AAD816E3-DD34-487F-B108-2379144FDD27}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Çalışma Sayfaları</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Adlandırılmış Aralıklar</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>